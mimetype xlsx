--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -179,202 +179,202 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>79090</v>
+        <v>79089</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Emile Lecomte - Portrait de l'artiste.</t>
+          <t>Jean Vander Elst, Bourgmestre.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79091</v>
+        <v>79090</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Auguste Danse - Portrait</t>
+          <t>Emile Lecomte - Portrait de l'artiste.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>pastel</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>79092</v>
+        <v>79091</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Étude de mouvement de danseuse.</t>
+          <t>Auguste Danse - Portrait</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>sanguine</t>
+          <t>pastel</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>79086</v>
+        <v>79092</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Pierre l'Ardoisier.</t>
+          <t>Étude de mouvement de danseuse.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>sanguine</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>79089</v>
+        <v>79086</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Jean Vander Elst, Bourgmestre.</t>
+          <t>Pierre l'Ardoisier.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Lecomte, Émile</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G6" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>43270</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Pavillon Louis XV</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Lecomte,  Emile</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1866 - 1938</t>
         </is>