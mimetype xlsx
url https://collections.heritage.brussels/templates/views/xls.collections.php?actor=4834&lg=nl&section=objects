--- v0 (2025-11-15)
+++ v1 (2025-12-14)
@@ -179,414 +179,414 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>36045</v>
+        <v>36103</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Applique </t>
+          <t>Table à jeu d'échec </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
-[...6 lines deleted...]
-      </c>
+          <t>table à jeu et billard</t>
+        </is>
+      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>36047</v>
+        <v>36104</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Portemanteau </t>
+          <t>Fauteuil </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>porte-manteau</t>
-[...6 lines deleted...]
-      </c>
+          <t>fauteuil</t>
+        </is>
+      </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>36054</v>
+        <v>36045</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Lustre</t>
+          <t>Applique </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, cuivre</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>36061</v>
+        <v>36047</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Cosy-corner </t>
+          <t>Portemanteau </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>mobilier civil</t>
-[...2 lines deleted...]
-      <c r="G5" s="2"/>
+          <t>porte-manteau</t>
+        </is>
+      </c>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>36065</v>
+        <v>36054</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Buffet </t>
+          <t>Lustre</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>buffet</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>36079</v>
+        <v>36061</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Cosy-corner </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
-      <c r="F7" s="2"/>
+      <c r="F7" s="2" t="inlineStr">
+        <is>
+          <t>mobilier civil</t>
+        </is>
+      </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>36081</v>
+        <v>36065</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Meuble </t>
+          <t>Buffet </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
-      <c r="F8" s="2"/>
-      <c r="G8" s="2"/>
+      <c r="F8" s="2" t="inlineStr">
+        <is>
+          <t>buffet</t>
+        </is>
+      </c>
+      <c r="G8" s="2" t="inlineStr">
+        <is>
+          <t>chêne</t>
+        </is>
+      </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>36101</v>
+        <v>36079</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Lustre </t>
+          <t>Cosy-corner </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
-      <c r="F9" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>36102</v>
+        <v>36081</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Lustre</t>
+          <t>Meuble </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
-      <c r="F10" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>36103</v>
+        <v>36101</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Table à jeu d'échec </t>
+          <t>Lustre </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>table à jeu et billard</t>
-[...2 lines deleted...]
-      <c r="G11" s="2"/>
+          <t>lustre</t>
+        </is>
+      </c>
+      <c r="G11" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>36104</v>
+        <v>36102</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil </t>
+          <t>Lustre</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Paul</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
-[...2 lines deleted...]
-      <c r="G12" s="2"/>
+          <t>lustre</t>
+        </is>
+      </c>
+      <c r="G12" s="2" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>45546</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Dessin pour un projet de palais d'exposition</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Hamesse, Léon / Hamesse, Georges / Hamesse, Paul</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>n.d. - </t>
         </is>