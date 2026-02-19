--- v0 (2025-11-16)
+++ v1 (2026-02-19)
@@ -247,159 +247,159 @@
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1876 - 1878</t>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>40699</v>
+        <v>40591</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Plat oval du service de table Fleurs Héraldiques</t>
+          <t>Orchidées</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>verre, émail</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique]</t>
+          <t>technique du verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>40591</v>
+        <v>40697</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Orchidées</t>
+          <t>Assiettes plates du service de table Héraldique</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
-      <c r="F5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>verre, émail</t>
-[...6 lines deleted...]
-      </c>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>40697</v>
+        <v>40699</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Assiettes plates du service de table Héraldique</t>
+          <t>Plat oval du service de table Fleurs Héraldiques</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
-      <c r="F6" s="2"/>
+      <c r="F6" s="2" t="inlineStr">
+        <is>
+          <t>plat</t>
+        </is>
+      </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
-      <c r="H6" s="2"/>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique]</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>40589</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Croissant de lune</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1884 - </t>
         </is>
       </c>
@@ -1119,698 +1119,698 @@
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1899 - 1900</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>verre, bronze</t>
         </is>
       </c>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>40717</v>
+        <v>40569</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Salle à manger aux Épis de blé</t>
+          <t>Colchique</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
-      <c r="F27" s="2"/>
+      <c r="F27" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>noyer, bronze</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>40718</v>
+        <v>40720</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Buffet Épis de blés</t>
+          <t>Chaises Épis de blés</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>buffet</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>noyer, chêne, bronze</t>
+          <t>noyer, cuir</t>
         </is>
       </c>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>40719</v>
+        <v>40570</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Table Épis de blés</t>
+          <t>Iris</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>aiguière</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>noyer, bronze</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>40569</v>
+        <v>40740</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Colchique</t>
+          <t>Sellettes aux feuilles de bananier</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>sellette</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>noyer</t>
         </is>
       </c>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>40720</v>
+        <v>40744</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Chaises Épis de blés</t>
+          <t>Guéridon aux libellules, première version</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>guéridon</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>noyer, cuir</t>
+          <t>noyer, nacre</t>
         </is>
       </c>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>40570</v>
+        <v>40575</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Iris</t>
+          <t>Colombines</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>aiguière</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>40740</v>
+        <v>40577</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Sellettes aux feuilles de bananier</t>
+          <t>Nymphéas</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>sellette</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>noyer</t>
-[...2 lines deleted...]
-      <c r="H33" s="2"/>
+          <t>verre</t>
+        </is>
+      </c>
+      <c r="H33" s="2" t="inlineStr">
+        <is>
+          <t>technique du verre</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>40744</v>
+        <v>40580</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Guéridon aux libellules, première version</t>
+          <t>Orchidée</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>guéridon</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>noyer, nacre</t>
-[...2 lines deleted...]
-      <c r="H34" s="2"/>
+          <t>verre</t>
+        </is>
+      </c>
+      <c r="H34" s="2" t="inlineStr">
+        <is>
+          <t>technique du verre</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>40575</v>
+        <v>40588</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Colombines</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
-      <c r="G35" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>40577</v>
+        <v>40645</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Nymphéas</t>
+          <t>Sans titre. Plafonnier boule jaune</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>filigrané [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>40580</v>
+        <v>40646</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Orchidée</t>
+          <t>Sans titre. Plafonnier boule orange</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objet pour l'éclairage</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>verre, bronze</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>technique du verre</t>
+          <t>filigrané [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>40588</v>
+        <v>40717</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Salle à manger aux Épis de blé</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
-      <c r="F38" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2" t="inlineStr">
+        <is>
+          <t>noyer, bronze</t>
+        </is>
+      </c>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>40645</v>
+        <v>40718</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Plafonnier boule jaune</t>
+          <t>Buffet Épis de blés</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>buffet</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
-[...6 lines deleted...]
-      </c>
+          <t>noyer, chêne, bronze</t>
+        </is>
+      </c>
+      <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>40646</v>
+        <v>40719</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Plafonnier boule orange</t>
+          <t>Table Épis de blés</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>objet pour l'éclairage</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>verre, bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>noyer, bronze</t>
+        </is>
+      </c>
+      <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>40567</v>
+        <v>40745</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les Hippocampes</t>
+          <t>Guéridon aux libellules, deuxième version</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1903</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>guéridon</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
-[...6 lines deleted...]
-      </c>
+          <t>noyer, nacre</t>
+        </is>
+      </c>
+      <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>40745</v>
+        <v>40574</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Guéridon aux libellules, deuxième version</t>
+          <t>Fonds marins</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1901 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>guéridon</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>noyer, nacre</t>
-[...2 lines deleted...]
-      <c r="H42" s="2"/>
+          <t>verre</t>
+        </is>
+      </c>
+      <c r="H42" s="2" t="inlineStr">
+        <is>
+          <t>soufflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>40574</v>
+        <v>40576</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Fonds marins</t>
+          <t>Hippocampe</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1901 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>40576</v>
+        <v>40567</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Hippocampe</t>
+          <t>Les Hippocampes</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
         <v>40746</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Guéridon aux ombelles</t>