--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -479,404 +479,404 @@
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>bureau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>40721</v>
+        <v>40641</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Vitrine Nénuphar</t>
+          <t>Chandelle des prés</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis</t>
+          <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>acajou</t>
-[...2 lines deleted...]
-      <c r="H11" s="2"/>
+          <t>fer, verre</t>
+        </is>
+      </c>
+      <c r="H11" s="2" t="inlineStr">
+        <is>
+          <t>forgé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>40735</v>
+        <v>40721</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Vitrine-bibliothèque Nénuphar</t>
+          <t>Vitrine Nénuphar</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>vitrine</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>acajou, bronze</t>
+          <t>acajou</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>40739</v>
+        <v>40735</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Guéridon Fougère</t>
+          <t>Vitrine-bibliothèque Nénuphar</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
-      <c r="F13" s="2"/>
+      <c r="F13" s="2" t="inlineStr">
+        <is>
+          <t>vitrine</t>
+        </is>
+      </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>acajou</t>
+          <t>acajou, bronze</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>40641</v>
+        <v>40739</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Chandelle des prés</t>
+          <t>Guéridon Fougère</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis / Daum, Antonin</t>
+          <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
-      <c r="F14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>fer, verre</t>
-[...6 lines deleted...]
-      </c>
+          <t>acajou</t>
+        </is>
+      </c>
+      <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>40644</v>
+        <v>40755</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Monnaie du pape</t>
+          <t>Fauteuil de bureau Nénuphar</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis / Daum, Antonin</t>
+          <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre</t>
+          <t>acajou, cuir, bronze</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>40724</v>
+        <v>40639</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Bureau de dame Nénuphar</t>
+          <t>Lampe Magnolias</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis</t>
+          <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>bureau</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>acajou</t>
+          <t>bronze, verre</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>40728</v>
+        <v>40640</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Chaise Nénuphar</t>
+          <t>Applique Magnolias</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis</t>
+          <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>noyer, bronze, osier</t>
+          <t>bronze, verre</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>40755</v>
+        <v>40644</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil de bureau Nénuphar</t>
+          <t>Monnaie du pape</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis</t>
+          <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>acajou, cuir, bronze</t>
+          <t>laiton, verre</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>40639</v>
+        <v>40724</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Lampe Magnolias</t>
+          <t>Bureau de dame Nénuphar</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis / Daum, Antonin</t>
+          <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>bureau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>bronze, verre</t>
+          <t>acajou</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>40640</v>
+        <v>40728</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Applique Magnolias</t>
+          <t>Chaise Nénuphar</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis / Daum, Antonin</t>
+          <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>bronze, verre</t>
+          <t>noyer, bronze, osier</t>
         </is>
       </c>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>40642</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Ombelles du Caucase</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>