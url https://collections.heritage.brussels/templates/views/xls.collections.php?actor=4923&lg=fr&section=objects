--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -623,260 +623,260 @@
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>acajou</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>40755</v>
+        <v>40639</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil de bureau Nénuphar</t>
+          <t>Lampe Magnolias</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis</t>
+          <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>fauteuil</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>acajou, cuir, bronze</t>
+          <t>bronze, verre</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>40639</v>
+        <v>40640</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Lampe Magnolias</t>
+          <t>Applique Magnolias</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>bronze, verre</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>40640</v>
+        <v>40644</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Applique Magnolias</t>
+          <t>Monnaie du pape</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bronze, verre</t>
+          <t>laiton, verre</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>40644</v>
+        <v>40724</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Monnaie du pape</t>
+          <t>Bureau de dame Nénuphar</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Majorelle, Louis / Daum, Antonin</t>
+          <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>bureau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre</t>
+          <t>acajou</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>40724</v>
+        <v>40728</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Bureau de dame Nénuphar</t>
+          <t>Chaise Nénuphar</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>bureau</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>acajou</t>
+          <t>noyer, bronze, osier</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>40728</v>
+        <v>40755</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Chaise Nénuphar</t>
+          <t>Fauteuil de bureau Nénuphar</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>noyer, bronze, osier</t>
+          <t>acajou, cuir, bronze</t>
         </is>
       </c>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>40642</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Ombelles du Caucase</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Majorelle, Louis / Daum, Antonin</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>