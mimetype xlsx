--- v0 (2025-11-15)
+++ v1 (2026-01-08)
@@ -179,167 +179,167 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>43895</v>
+        <v>78936</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Le Droit</t>
+          <t>Léon Vanderkindere.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>43898</v>
+        <v>78938</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le Travail</t>
+          <t>Le Sablier.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>78936</v>
+        <v>43895</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Léon Vanderkindere.</t>
+          <t>Le Droit</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2"/>
-[...1 lines deleted...]
-      <c r="H4" s="2"/>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>78938</v>
+        <v>43898</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le Sablier.</t>
+          <t>Le Travail</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2"/>
-[...1 lines deleted...]
-      <c r="H5" s="2"/>
+      <c r="F5" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>42763</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Le Coq chantant</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1849 - 1900</t>
         </is>
       </c>
@@ -571,195 +571,195 @@
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1888 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>51453</v>
+        <v>66220</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Deux études pour le Monument Anspach</t>
+          <t>La Porteuse d'eau</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H13" s="2"/>
+      <c r="H13" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>51454</v>
+        <v>51453</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Allégorie de la Senne</t>
+          <t>Deux études pour le Monument Anspach</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>51455</v>
+        <v>51454</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Allégorie de la Senne</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>66220</v>
+        <v>51455</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>La Porteuse d'eau</t>
+          <t>Allégorie de la Senne</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H16" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>36666</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Génie ailé, tenant la Maison du Roi avant et après restauration</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
@@ -871,123 +871,123 @@
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>40127</v>
+        <v>36706</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Maquette du monument commémoratif à Everard t'Serclaes</t>
+          <t>Esquisse pour le Monument à Everard t'Serclaes</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
-      <c r="H21" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>36706</v>
+        <v>40127</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Esquisse pour le Monument à Everard t'Serclaes</t>
+          <t>Maquette du monument commémoratif à Everard t'Serclaes</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
-      <c r="H22" s="2"/>
+      <c r="H22" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>57608</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Bas-relief réalisé à l'occasion du centenaire de l'Académie royale des Beaux-Arts de Bruxelles 1800-1900</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
@@ -1037,51 +1037,51 @@
           <t>plâtre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>87170</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Médaille réalisée à l'occasion du centenaire de l'Académie royale des Beaux-Arts de Bruxelles 1800-1900</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Van der Stappen,  Charles / Dillens, Julien</t>
+          <t>Van der Stappen,  Charles / Dillens, Juliaan</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>objets ou collections numismatiques ou scientifiques, médailles, plaque commémorative</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>70669</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
@@ -1095,159 +1095,159 @@
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Dillens, Juliaan / Compagnie des Bronzes,  / de Raed, Albert</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1901 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>40126</v>
+        <v>83392</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Monument commémoratif à Everard t'Serclaes</t>
+          <t>Mémorial d'Everard t'Serclaes (VdB)</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
-      <c r="F27" s="2"/>
+      <c r="F27" s="2" t="inlineStr">
+        <is>
+          <t>bas-relief, haut-relief, oeuvre d'art en espace public</t>
+        </is>
+      </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>pierre, laiton</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>45049</v>
+        <v>40126</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Monument à George Brugmann (VdB)</t>
+          <t>Monument commémoratif à Everard t'Serclaes</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Juliaan / Lagae, Jules / Horta, Victor / Dillens, Gustave</t>
+          <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
-      <c r="F28" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F28" s="2"/>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre bleue</t>
+          <t>pierre, laiton</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>83392</v>
+        <v>45049</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Mémorial d'Everard t'Serclaes (VdB)</t>
+          <t>Monument à George Brugmann (VdB)</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien</t>
+          <t>Dillens, Juliaan / Lagae, Jules / Horta, Victor / Dillens, Gustave</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>bas-relief, haut-relief, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public, buste</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H29" s="2"/>
+          <t>marbre, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H29" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>42762</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Le Droit</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1903 - 1904</t>
         </is>
       </c>