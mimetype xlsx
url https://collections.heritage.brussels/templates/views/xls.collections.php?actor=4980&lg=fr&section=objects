--- v1 (2026-01-08)
+++ v2 (2026-02-24)
@@ -179,167 +179,167 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>78936</v>
+        <v>43895</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Léon Vanderkindere.</t>
+          <t>Le Droit</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2"/>
-[...1 lines deleted...]
-      <c r="H2" s="2"/>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>78938</v>
+        <v>43898</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le Sablier.</t>
+          <t>Le Travail</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="2"/>
-[...1 lines deleted...]
-      <c r="H3" s="2"/>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>43895</v>
+        <v>78936</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le Droit</t>
+          <t>Léon Vanderkindere.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>43898</v>
+        <v>78938</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le Travail</t>
+          <t>Le Sablier.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>42763</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Le Coq chantant</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1849 - 1900</t>
         </is>
       </c>
@@ -571,195 +571,195 @@
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1888 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>66220</v>
+        <v>51453</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>La Porteuse d'eau</t>
+          <t>Deux études pour le Monument Anspach</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>51453</v>
+        <v>51454</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Deux études pour le Monument Anspach</t>
+          <t>Allégorie de la Senne</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>51454</v>
+        <v>51455</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Allégorie de la Senne</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>51455</v>
+        <v>66220</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Allégorie de la Senne</t>
+          <t>La Porteuse d'eau</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H16" s="2"/>
+      <c r="H16" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>36666</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Génie ailé, tenant la Maison du Roi avant et après restauration</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
@@ -845,51 +845,51 @@
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>70246</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Le silence de la tombe</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien / J. Petermann</t>
+          <t>Dillens, Juliaan / J. Petermann</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
@@ -1095,159 +1095,159 @@
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Dillens, Juliaan / Compagnie des Bronzes,  / de Raed, Albert</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1901 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>83392</v>
+        <v>40126</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Mémorial d'Everard t'Serclaes (VdB)</t>
+          <t>Monument commémoratif à Everard t'Serclaes</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
-      <c r="F27" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H27" s="2"/>
+          <t>pierre, laiton</t>
+        </is>
+      </c>
+      <c r="H27" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>40126</v>
+        <v>45049</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Monument commémoratif à Everard t'Serclaes</t>
+          <t>Monument à George Brugmann (VdB)</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Julien</t>
+          <t>Dillens, Juliaan / Lagae, Jules / Horta, Victor / Dillens, Gustave</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
-      <c r="F28" s="2"/>
+      <c r="F28" s="2" t="inlineStr">
+        <is>
+          <t>groupe sculpté, oeuvre d'art en espace public, buste</t>
+        </is>
+      </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>pierre, laiton</t>
+          <t>marbre, pierre bleue</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>45049</v>
+        <v>83392</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Monument à George Brugmann (VdB)</t>
+          <t>Mémorial d'Everard t'Serclaes (VdB)</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Juliaan / Lagae, Jules / Horta, Victor / Dillens, Gustave</t>
+          <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public, buste</t>
+          <t>bas-relief, haut-relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>42762</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Le Droit</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Dillens, Julien</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1903 - 1904</t>
         </is>
       </c>