--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -759,111 +759,111 @@
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>ivoire</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>86362</v>
+        <v>86543</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Fontaine Anspach - Grand bassin (VdB)</t>
+          <t>Fontaine Anspach - Petit bassin (VdB)</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid / Dillens, Julien / Devigne, Paul / Houtstont, Georges</t>
+          <t>Houtstont, Georges / Devreese, Godefroid / Dillens, Julien / Devigne, Paul</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>fontaine</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>86543</v>
+        <v>86362</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Fontaine Anspach - Petit bassin (VdB)</t>
+          <t>Fontaine Anspach - Grand bassin (VdB)</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Houtstont, Georges / Devreese, Godefroid / Dillens, Julien / Devigne, Paul</t>
+          <t>Devreese, Godefroid / Dillens, Julien / Devigne, Paul / Houtstont, Georges</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>fontaine</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>70246</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Le silence de la tombe</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
@@ -961,51 +961,51 @@
           <t>plâtre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>87170</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Médaille réalisée à l'occasion du centenaire de l'Académie royale des Beaux-Arts de Bruxelles 1800-1900</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Van der Stappen,  Charles / Dillens, Julien</t>
+          <t>Van der Stappen,  Charles / Dillens, Juliaan</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>objets ou collections numismatiques ou scientifiques, médailles, plaque commémorative</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>57608</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>