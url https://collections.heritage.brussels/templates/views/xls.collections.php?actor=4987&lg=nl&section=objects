--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -295,283 +295,283 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1444 - 1445</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>51486</v>
+        <v>36665</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Corbeau: un homme noir</t>
+          <t>Le Scupstoel</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Atelier bruxellois</t>
+          <t>de La Pasture, Rogier  / Atelier bruxellois</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1445 - 1450</t>
+          <t>1445 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>51487</v>
+        <v>51483</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Corbeau: un homme transportant une chaise</t>
+          <t>Quatre corbeaux originaux de l'aile droite de l'Hôtel de Ville</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Atelier bruxellois</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1445 - 1450</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
-      <c r="H6" s="2"/>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>36665</v>
+        <v>51484</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Le Scupstoel</t>
+          <t>Corbeau: un ecclésiastique tenant une gourde</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>de La Pasture, Rogier  / Atelier bruxellois</t>
+          <t>Atelier bruxellois</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1445 - </t>
+          <t>1445 - 1450</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>51483</v>
+        <v>51485</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Quatre corbeaux originaux de l'aile droite de l'Hôtel de Ville</t>
+          <t>Corbeau: femme tenant un pichet</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Atelier bruxellois</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1445 - 1450</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>51484</v>
+        <v>51486</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Corbeau: un ecclésiastique tenant une gourde</t>
+          <t>Corbeau: un homme noir</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Atelier bruxellois</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1445 - 1450</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>51485</v>
+        <v>51487</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Corbeau: femme tenant un pichet</t>
+          <t>Corbeau: un homme transportant une chaise</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Atelier bruxellois</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1445 - 1450</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
-      <c r="H10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>36752</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Tenture des métamorphoses d'Ovide</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Atelier bruxellois</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1700 - 1750</t>
         </is>
       </c>