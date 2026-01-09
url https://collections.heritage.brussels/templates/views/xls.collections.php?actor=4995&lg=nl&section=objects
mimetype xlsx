--- v0 (2025-11-16)
+++ v1 (2026-01-09)
@@ -255,95 +255,95 @@
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>36751</v>
+        <v>36708</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Les quatre saisons</t>
+          <t>Le printemps</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>36708</v>
+        <v>36751</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le printemps</t>
+          <t>Les quatre saisons</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>soie</t>
@@ -375,390 +375,390 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1902 - 1902</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>36710</v>
+        <v>95560</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>L'automne</t>
+          <t>L'Éducation</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>36711</v>
+        <v>95561</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>L'hiver</t>
+          <t>Le Travail</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>95560</v>
+        <v>95562</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>L'Éducation</t>
+          <t>Les Loisirs</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>95561</v>
+        <v>95563</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le Travail</t>
+          <t>Le Repos</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>95562</v>
+        <v>36710</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Les Loisirs</t>
+          <t>L'automne</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1908</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>95563</v>
+        <v>36711</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Le Repos</t>
+          <t>L'hiver</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1908</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>95558</v>
+        <v>95559</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Les Fiançailles</t>
+          <t>La Famille</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>95559</v>
+        <v>95564</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>La Famille</t>
+          <t>La Vieillesse</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1904 - 1908</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>95564</v>
+        <v>95558</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>La Vieillesse</t>
+          <t>Les Fiançailles</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1908</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>95557</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Le Mariage</t>