--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -375,390 +375,390 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1902 - 1902</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>95560</v>
+        <v>36710</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>L'Éducation</t>
+          <t>L'automne</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1908</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>95561</v>
+        <v>36711</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Le Travail</t>
+          <t>L'hiver</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1908</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>95562</v>
+        <v>95560</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Les Loisirs</t>
+          <t>L'Éducation</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>95563</v>
+        <v>95561</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le Repos</t>
+          <t>Le Travail</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>36710</v>
+        <v>95562</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>L'automne</t>
+          <t>Les Loisirs</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>36711</v>
+        <v>95563</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>L'hiver</t>
+          <t>Le Repos</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>95559</v>
+        <v>95558</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>La Famille</t>
+          <t>Les Fiançailles</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>95564</v>
+        <v>95559</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>La Vieillesse</t>
+          <t>La Famille</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1908</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>95558</v>
+        <v>95564</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les Fiançailles</t>
+          <t>La Vieillesse</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1904 - 1908</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>95557</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Le Mariage</t>