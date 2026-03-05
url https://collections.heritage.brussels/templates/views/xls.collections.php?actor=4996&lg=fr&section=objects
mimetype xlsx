--- v0 (2025-11-15)
+++ v1 (2026-03-05)
@@ -179,185 +179,185 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>36718</v>
+        <v>46555</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Abdication de Charles Quint en 1555</t>
+          <t>Inauguration de Philippe de Bourgogne (dit Le Bon) comme Duc de Brabant en présence des États de Brabant en 1430</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Reydams, Henri II / Leyniers, Urbain / Janssens, Victor Honoré</t>
+          <t>Leyniers, Urbain / Reydams, Henri II / Janssens, Victor Honoré</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1717 - 1718</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>36719</v>
+        <v>47214</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Inauguration de Charles VI comme Duc de Brabant en 1717</t>
+          <t>L'histoire du Duché de Brabant</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Janssens, Victor Honoré / Leyniers, Urbain / Reydams, Henri II</t>
+          <t>Reydams, Henri II / Leyniers, Urbain / Janssens, Victor Honoré</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1717 - 1718</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>46555</v>
+        <v>36718</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Inauguration de Philippe de Bourgogne (dit Le Bon) comme Duc de Brabant en présence des États de Brabant en 1430</t>
+          <t>Abdication de Charles Quint en 1555</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Leyniers, Urbain / Reydams, Henri II / Janssens, Victor Honoré</t>
+          <t>Reydams, Henri II / Leyniers, Urbain / Janssens, Victor Honoré</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1717 - 1718</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>47214</v>
+        <v>36719</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>L'histoire du Duché de Brabant</t>
+          <t>Inauguration de Charles VI comme Duc de Brabant en 1717</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Reydams, Henri II / Leyniers, Urbain / Janssens, Victor Honoré</t>
+          <t>Janssens, Victor Honoré / Leyniers, Urbain / Reydams, Henri II</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1717 - 1718</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>