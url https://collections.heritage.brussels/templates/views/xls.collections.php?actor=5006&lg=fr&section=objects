--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,95 +179,95 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>64410</v>
+        <v>51109</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Vue de l'église de Molenbeek-Saint-Jean</t>
+          <t>Porte de Namur à Ixelles </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1718 - 1762</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>51109</v>
+        <v>64410</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Porte de Namur à Ixelles </t>
+          <t>Vue de l'église de Molenbeek-Saint-Jean</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1718 - 1762</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>crayon noir, papier</t>
@@ -539,125 +539,125 @@
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1731 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>64494</v>
+        <v>51112</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Château du baron de Poederlé à Laeken</t>
+          <t>Cour intérieure de l'ancien château ducal à Vilvorde</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1732 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>51112</v>
+        <v>64494</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Cour intérieure de l'ancien château ducal à Vilvorde</t>
+          <t>Château du baron de Poederlé à Laeken</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1732 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>51992</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Ruines de la cour du palais du Coudenberg après l'incendie, vue intérieure </t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Derons, Ferdinand-Joseph</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1734 - </t>