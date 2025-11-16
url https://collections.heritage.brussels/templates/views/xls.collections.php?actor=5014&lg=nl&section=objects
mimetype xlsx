--- v0 (2025-11-16)
+++ v1 (2025-11-16)
@@ -299,123 +299,123 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1832 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>49135</v>
+        <v>93484</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>La fontaine des Satyres au Marché aux Herbes</t>
+          <t>Le marché aux poissons à Rome</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Bossuet, François Antoine</t>
+          <t>Bossuet, François</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1840 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>93484</v>
+        <v>49135</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le marché aux poissons à Rome</t>
+          <t>La fontaine des Satyres au Marché aux Herbes</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Bossuet, François</t>
+          <t>Bossuet, François Antoine</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1840 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H6" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>52261</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Le grand porche de l'église Notre-Dame des Victoires du Sablon</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Bossuet, François Antoine</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1845 - </t>
         </is>
       </c>