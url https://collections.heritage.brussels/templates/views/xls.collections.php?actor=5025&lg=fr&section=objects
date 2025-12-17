--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -238,51 +238,51 @@
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>36801</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Le Cortège de Noces</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Brueghel,  Jan I</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1623 - 1623</t>
+          <t>1623 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>93216</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>La Vierge et l'Enfant dans une guirlande de fleurs</t>