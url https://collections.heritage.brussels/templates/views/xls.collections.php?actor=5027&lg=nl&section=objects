--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -379,163 +379,163 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>38232</v>
+        <v>93565</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait Alfred Cluysenaar</t>
+          <t>Après le bain</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Cluysenaar, Alfred</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1888 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>47475</v>
+        <v>38232</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Maximilien de Habsbourg et Marie de Bourgogne</t>
+          <t>Autoportrait Alfred Cluysenaar</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Cluysenaar, Alfred</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1888 - 1889</t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>93565</v>
+        <v>47475</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Après le bain</t>
+          <t>Maximilien de Habsbourg et Marie de Bourgogne</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Cluysenaar, Alfred</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1888 - </t>
+          <t>1888 - 1889</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H9" s="2"/>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>36804</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Portrait d'Isabelle Gatti de Gamond</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Cluysenaar, Alfred</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>