--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -179,411 +179,411 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>39156</v>
+        <v>38814</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Arbre et paysage</t>
+          <t>Ma chaumière</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>39159</v>
+        <v>39133</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Arbre élagué</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>39160</v>
+        <v>39156</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Nuages</t>
+          <t>Arbre et paysage</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>39161</v>
+        <v>39159</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Bois</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>39162</v>
+        <v>39160</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Arbres</t>
+          <t>Nuages</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>39163</v>
+        <v>39161</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Tigre</t>
+          <t>Bois</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>39164</v>
+        <v>39162</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Les arbres</t>
+          <t>Arbres</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>39170</v>
+        <v>39163</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Arbres au bord de l'eau</t>
+          <t>Tigre</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>39171</v>
+        <v>39164</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Officier de cavalerie</t>
+          <t>Les arbres</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>38814</v>
+        <v>39170</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Ma chaumière</t>
+          <t>Arbres au bord de l'eau</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G11" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G11" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>39133</v>
+        <v>39171</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Arbre élagué</t>
+          <t>Officier de cavalerie</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
@@ -847,205 +847,205 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1842 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>39157</v>
+        <v>39061</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Arbre</t>
+          <t>Autoportrait</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1845 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>39169</v>
+        <v>39062</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Bois</t>
+          <t>Portrait de Charles-Louis Verboeckhoven</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1845 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>39061</v>
+        <v>39157</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait</t>
+          <t>Arbre</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1845 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>39062</v>
+        <v>39169</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles-Louis Verboeckhoven</t>
+          <t>Bois</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1845 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>38886</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Les ânes schaerbeekois</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Verboeckhoven, Eugène</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>