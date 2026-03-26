--- v1 (2025-12-15)
+++ v2 (2026-03-26)
@@ -585,51 +585,51 @@
           <t>papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>46698</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Vue à proximité de la porte de Hal</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Verboeckhoven, Eugène</t>
+          <t>Verboeckhoven,  Eugène Joseph</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1816 - 1881</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">