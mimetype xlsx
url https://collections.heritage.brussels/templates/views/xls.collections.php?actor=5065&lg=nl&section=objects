--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -179,151 +179,151 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>50204</v>
+        <v>36901</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Théière et son réchaud</t>
+          <t>Assiette - le jardin botanique de Bruxelles</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Jacquet, Maximilien-Joseph / Nédonchelle, Louis</t>
+          <t>Jacquet, Maximilien-Joseph</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1839</t>
-[...2 lines deleted...]
-      <c r="F2" s="2"/>
+          <t>1830 - 1870</t>
+        </is>
+      </c>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>assiette</t>
+        </is>
+      </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
-[...2 lines deleted...]
-      <c r="H2" s="2"/>
+          <t>argile</t>
+        </is>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>technique d'émaillage, cuit [céramique]</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>50231</v>
+        <v>50204</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Sucrier - son couvercle et son plateau</t>
+          <t>Théière et son réchaud</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Jacquet, Maximilien-Joseph / Nédonchelle, Louis</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1830 - 1839</t>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>36901</v>
+        <v>50231</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Assiette - le jardin botanique de Bruxelles</t>
+          <t>Sucrier - son couvercle et son plateau</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Jacquet, Maximilien-Joseph</t>
+          <t>Jacquet, Maximilien-Joseph / Nédonchelle, Louis</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1870</t>
-[...6 lines deleted...]
-      </c>
+          <t>1830 - 1839</t>
+        </is>
+      </c>
+      <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
-[...6 lines deleted...]
-      </c>
+          <t>porcelaine</t>
+        </is>
+      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>56169</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Vase ovoïde avec une vue sur la cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Jacquet, Maximilien-Joseph / Nédonchelle, Louis</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1834 - 1839</t>
         </is>
       </c>