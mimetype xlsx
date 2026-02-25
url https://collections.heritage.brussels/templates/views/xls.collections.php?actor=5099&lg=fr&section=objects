--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -233,51 +233,51 @@
           <t>soie</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>ottoman, velours, broderie, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>81743</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Ensemble robe et gilet</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Watelet, Gérald</t>
+          <t>Watelet, Gérald / Gérald Watelet</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1995 - 1996</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>crêpe, satin, velours, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">