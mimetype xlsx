--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -179,125 +179,125 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>37064</v>
+        <v>37063</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Ensemble boléro et jupe</t>
+          <t>Ensemble veste et bloomer</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>enduit, toile, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>37063</v>
+        <v>37064</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et bloomer</t>
+          <t>Ensemble boléro et jupe</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>enduit, toile, dentelle mécanique</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>37065</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Ensemble chemise et pantalon</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
@@ -455,1127 +455,1127 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>acrylique</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>37077</v>
+        <v>37088</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouson et pantalon</t>
+          <t>Basket sur Ippon ba geta</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>basket</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois, fibres artificielles</t>
+        </is>
+      </c>
+      <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>37078</v>
+        <v>37077</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Ensemble sweat-shirt et jupe</t>
+          <t>Ensemble blouson et pantalon</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>coton, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>broderie, jersey</t>
+          <t>cloqué</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>37088</v>
+        <v>37078</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Basket sur Ippon ba geta</t>
+          <t>Ensemble sweat-shirt et jupe</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>basket</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>bois, fibres artificielles</t>
-[...2 lines deleted...]
-      <c r="H11" s="2"/>
+          <t>coton, fibres synthétiques</t>
+        </is>
+      </c>
+      <c r="H11" s="2" t="inlineStr">
+        <is>
+          <t>broderie, jersey</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>37072</v>
+        <v>37084</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ensemble blouse et jupe</t>
+          <t>Lunettes de soleil</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>lunette à branches</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
-[...6 lines deleted...]
-      </c>
+          <t>métal, verre</t>
+        </is>
+      </c>
+      <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>37073</v>
+        <v>37085</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Casque de moto</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>37074</v>
+        <v>37086</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull, écharpe et pantalon</t>
+          <t>Casquette porte-canettes</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
-      <c r="F14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
-[...6 lines deleted...]
-      </c>
+          <t>matière plastique</t>
+        </is>
+      </c>
+      <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>37075</v>
+        <v>37087</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Blouse</t>
+          <t>Casquette</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
-      <c r="F15" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, feutre</t>
+          <t>crochet</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>37076</v>
+        <v>37089</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Jumpsuit</t>
+          <t>Sabots</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois, cuir</t>
+        </is>
+      </c>
+      <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>37081</v>
+        <v>37091</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Ensemble chemisier et jupe</t>
+          <t>Sandales</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
-[...6 lines deleted...]
-      </c>
+          <t>caoutchouc, cuir</t>
+        </is>
+      </c>
+      <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>37084</v>
+        <v>37094</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Lunettes de soleil</t>
+          <t>Collier</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>lunette à branches</t>
+          <t>collier</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>verre, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>37085</v>
+        <v>37097</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Casque de moto</t>
+          <t>Coque d'Iphone</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
+          <t>2013 - 2015</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>matière plastique, verre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>37086</v>
+        <v>37098</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Casquette porte-canettes</t>
+          <t>Coque d'Iphone</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>2013 - </t>
-[...2 lines deleted...]
-      <c r="F20" s="2"/>
+          <t>2013 - 2015</t>
+        </is>
+      </c>
+      <c r="F20" s="2" t="inlineStr">
+        <is>
+          <t>étui</t>
+        </is>
+      </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
-      <c r="H20" s="2"/>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>collé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>37087</v>
+        <v>37102</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Casquette</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
-      <c r="F21" s="2"/>
+      <c r="F21" s="2" t="inlineStr">
+        <is>
+          <t>accessoire textile</t>
+        </is>
+      </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>crochet</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>37089</v>
+        <v>37072</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Sabots</t>
+          <t>Ensemble blouse et jupe</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir</t>
-[...2 lines deleted...]
-      <c r="H22" s="2"/>
+          <t>laine, fibres synthétiques</t>
+        </is>
+      </c>
+      <c r="H22" s="2" t="inlineStr">
+        <is>
+          <t>jacquard ou façonné, drap</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>37091</v>
+        <v>37073</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Sandales</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>caoutchouc, cuir</t>
-[...2 lines deleted...]
-      <c r="H23" s="2"/>
+          <t>fibres synthétiques</t>
+        </is>
+      </c>
+      <c r="H23" s="2" t="inlineStr">
+        <is>
+          <t>jacquard ou façonné</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>37094</v>
+        <v>37074</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Collier</t>
+          <t>Ensemble pull, écharpe et pantalon</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>collier</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>verre, polyamide (=nylon)</t>
-[...2 lines deleted...]
-      <c r="H24" s="2"/>
+          <t>laine</t>
+        </is>
+      </c>
+      <c r="H24" s="2" t="inlineStr">
+        <is>
+          <t>jersey</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>37097</v>
+        <v>37075</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Coque d'Iphone</t>
+          <t>Blouse</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2015</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, verre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>toile, broderie, feutre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>37098</v>
+        <v>37076</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Coque d'Iphone</t>
+          <t>Jumpsuit</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>2013 - 2015</t>
+          <t>2013 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>étui</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>37102</v>
+        <v>37081</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Ensemble chemisier et jupe</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>37099</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>2014 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>coton, soie</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>broderie, crêpe, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>37070</v>
+        <v>37095</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Sweat-shirt</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, verre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>37071</v>
+        <v>37100</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Ensemble chemisier et jupe</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
-      <c r="F30" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F30" s="2"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>polyester, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, dentelle mécanique</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>37080</v>
+        <v>37101</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Ensemble pull et bermuda</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>coton, verre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>toile, dentelle mécanique</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>37082</v>
+        <v>53310</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Manteau modulable</t>
+          <t>Sac à dos</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
-[...6 lines deleted...]
-      </c>
+          <t>coton, cuir, fibres synthétiques</t>
+        </is>
+      </c>
+      <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>37095</v>
+        <v>37070</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Sweat-shirt</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>coton, verre</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>37100</v>
+        <v>37071</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Ensemble chemisier et jupe</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
-      <c r="F34" s="2"/>
+      <c r="F34" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>polyester, coton</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>jacquard ou façonné, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>37101</v>
+        <v>37080</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Ensemble pull et bermuda</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
+          <t>Jean-Paul Lespagnard,  / Lespagnard, Jean-Paul</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, verre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>toile, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>53310</v>
+        <v>37082</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Sac à dos</t>
+          <t>Manteau modulable</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard</t>
+          <t>Lespagnard, Jean-Paul / Jean-Paul Lespagnard,</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir, fibres synthétiques</t>
-[...2 lines deleted...]
-      <c r="H36" s="2"/>
+          <t>fibres synthétiques</t>
+        </is>
+      </c>
+      <c r="H36" s="2" t="inlineStr">
+        <is>
+          <t>jacquard ou façonné</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>