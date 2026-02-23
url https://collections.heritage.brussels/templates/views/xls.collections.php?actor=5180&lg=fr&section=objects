--- v0 (2025-11-15)
+++ v1 (2026-02-23)
@@ -179,291 +179,291 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>38766</v>
+        <v>42760</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Le génie méconnu</t>
+          <t>La Bacchante </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef</t>
         </is>
       </c>
-      <c r="E2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>42757</v>
+        <v>79068</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La Folle chanson</t>
+          <t>Jean Carsoel.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef / H. Luppens,</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture, buste</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
-[...6 lines deleted...]
-      </c>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>42758</v>
+        <v>79069</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La joueuse de castagnettes</t>
+          <t>La Défense du Drapeau.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>42760</v>
+        <v>79070</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>La Bacchante </t>
+          <t>Pierre Carsoel.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture, buste</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...6 lines deleted...]
-      </c>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>79068</v>
+        <v>38766</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Jean Carsoel.</t>
+          <t>Le génie méconnu</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef</t>
         </is>
       </c>
-      <c r="E6" s="2"/>
+      <c r="E6" s="2" t="inlineStr">
+        <is>
+          <t> - 1878</t>
+        </is>
+      </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>sculpture, buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...2 lines deleted...]
-      <c r="H6" s="2"/>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>79069</v>
+        <v>42757</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>La Défense du Drapeau.</t>
+          <t>La Folle chanson</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
+          <t>Lambeaux, Jef / H. Luppens,</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H7" s="2"/>
+          <t>bronze, marbre</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>79070</v>
+        <v>42758</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Pierre Carsoel.</t>
+          <t>La joueuse de castagnettes</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>sculpture, buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...2 lines deleted...]
-      <c r="H8" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>66264</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Buste de femme</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Lambeaux,  Jef / Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1852 - 1908</t>
         </is>
       </c>