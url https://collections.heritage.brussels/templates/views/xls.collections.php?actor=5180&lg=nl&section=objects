--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -179,289 +179,289 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>42760</v>
+        <v>79068</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>La Bacchante </t>
+          <t>Jean Carsoel.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture, buste</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...6 lines deleted...]
-      </c>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79068</v>
+        <v>79069</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Jean Carsoel.</t>
+          <t>La Défense du Drapeau.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>sculpture, buste</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>79069</v>
+        <v>79070</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La Défense du Drapeau.</t>
+          <t>Pierre Carsoel.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>sculpture, buste</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>79070</v>
+        <v>38766</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Pierre Carsoel.</t>
+          <t>Le génie méconnu</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef</t>
         </is>
       </c>
-      <c r="E5" s="2"/>
+      <c r="E5" s="2" t="inlineStr">
+        <is>
+          <t> - 1878</t>
+        </is>
+      </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>sculpture, buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...2 lines deleted...]
-      <c r="H5" s="2"/>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>38766</v>
+        <v>42757</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le génie méconnu</t>
+          <t>La Folle chanson</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
-[...6 lines deleted...]
-      </c>
+          <t>Lambeaux, Jef / H. Luppens,</t>
+        </is>
+      </c>
+      <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>42757</v>
+        <v>42758</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>La Folle chanson</t>
+          <t>La joueuse de castagnettes</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef / H. Luppens,</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>42758</v>
+        <v>42760</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>La joueuse de castagnettes</t>
+          <t>La Bacchante </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>66264</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Buste de femme</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Lambeaux,  Jef / Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1852 - 1908</t>
@@ -823,105 +823,105 @@
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1883 - 1887</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>marbre, pierre bleue</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>42761</v>
+        <v>42759</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Le dénicheur d'aigles</t>
+          <t>Les Lutteurs</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef / Verbeyst,</t>
+          <t>Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1884 - 1908</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>42759</v>
+        <v>42761</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Les Lutteurs</t>
+          <t>Le dénicheur d'aigles</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef</t>
+          <t>Lambeaux, Jef / Verbeyst,</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1884 - 1908</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
@@ -1099,125 +1099,125 @@
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, groupe sculpté</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>66262</v>
+        <v>73505</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille aux grappes de raisin</t>
+          <t>La déesse du Bocq</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Art en espace public - Saint-Gilles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux,  Jef / Lambeaux, Jef</t>
+          <t>Lambeaux, Jef / J. Petermann</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, taillé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>73505</v>
+        <v>66262</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>La déesse du Bocq</t>
+          <t>Jeune fille aux grappes de raisin</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Saint-Gilles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Lambeaux, Jef / J. Petermann</t>
+          <t>Lambeaux,  Jef / Lambeaux, Jef</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>66263</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>L'artiste dans une attitude de méditation</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Lambeaux, Jef / Lambeaux,  Jef</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1907 - </t>