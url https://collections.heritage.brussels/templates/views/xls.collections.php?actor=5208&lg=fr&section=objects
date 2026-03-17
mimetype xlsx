--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -291,156 +291,164 @@
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>78809</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Henri Quittelier, Buste de -.</t>
+          <t>Henri Quittelier, Buste de -</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Cliquet, René</t>
         </is>
       </c>
-      <c r="E5" s="2"/>
+      <c r="E5" s="2" t="inlineStr">
+        <is>
+          <t> - 1968</t>
+        </is>
+      </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
-      <c r="H5" s="2"/>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>84113</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Buste du roi Baudouin</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Cliquet, René</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>102647</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Médaille Marcel Barzin</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Cliquet, René</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1899 - 1977</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>102818</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Médaille Albert Devèze</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Cliquet, René</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>84114</v>
       </c>
       <c r="B9" s="2" t="inlineStr">