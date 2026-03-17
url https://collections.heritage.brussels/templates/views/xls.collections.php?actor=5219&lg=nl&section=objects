--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -303,51 +303,51 @@
           <t>1904 - 1906</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>83324</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Monument à Francisco Ferrer</t>
+          <t>Monument à Francisco Ferrer </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Puissant, Adolphe / Puttemans, Auguste</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue, granit</t>