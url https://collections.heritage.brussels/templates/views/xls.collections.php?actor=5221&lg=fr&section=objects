--- v0 (2025-10-23)
+++ v1 (2026-02-25)
@@ -179,101 +179,101 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>83224</v>
+        <v>83225</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Le Printemps (VdB)</t>
+          <t>L'Été (VdB)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Poelaert, Victor / Herain, Jean</t>
+          <t>Herain, Jean</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>83225</v>
+        <v>83224</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>L'Été (VdB)</t>
+          <t>Le Printemps (VdB)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Herain, Jean</t>
+          <t>Poelaert, Victor / Herain, Jean</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, pierre</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>83291</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>