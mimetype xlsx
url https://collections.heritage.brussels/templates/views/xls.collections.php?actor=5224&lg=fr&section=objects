--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -323,51 +323,55 @@
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Lagae, Jules / Verbeyst</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>lampadaire, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bronze, granit</t>
         </is>
       </c>
-      <c r="H5" s="2"/>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>moulé, taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>45049</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Monument à George Brugmann (VdB)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Dillens, Juliaan / Lagae, Jules / Horta, Victor / Dillens, Gustave</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>