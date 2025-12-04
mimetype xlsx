--- v0 (2025-10-10)
+++ v1 (2025-12-04)
@@ -203,51 +203,51 @@
       <c r="A2" s="1" t="n">
         <v>41034</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>La lune embarque</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Woluwe-Saint-Pierre</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Philippe, Jean-Paul</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public, fontaine</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>granit</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>