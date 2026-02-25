--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -179,364 +179,364 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>38867</v>
+        <v>38993</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Tête d'enfant</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>38925</v>
+        <v>39268</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Buste du bourgmestre Fernand Blum</t>
+          <t>Cariatide</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>pierre, granit, argile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>38961</v>
+        <v>39568</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Masque d'enfant</t>
+          <t>Sirène</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>38993</v>
+        <v>39937</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Tête d'enfant</t>
+          <t>Tête d'homme</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>39268</v>
+        <v>40014</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Cariatide</t>
+          <t>Les joies du printemps</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>oeuvre d'art en espace public, groupe sculpté</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>pierre, granit, argile</t>
+          <t>pierre, pierre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>39568</v>
+        <v>53317</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Sirène</t>
+          <t>Monument aux morts des deux guerres</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>monument commémoratif, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>pierre, pierre bleue</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>39937</v>
+        <v>38867</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme</t>
+          <t>Tête d'enfant</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>40014</v>
+        <v>38925</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Les joies du printemps</t>
+          <t>Buste du bourgmestre Fernand Blum</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, groupe sculpté</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>pierre, pierre</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>53317</v>
+        <v>38961</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Monument aux morts des deux guerres</t>
+          <t>Masque d'enfant</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Woluwe-Saint-Lambert</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif, oeuvre d'art en espace public</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>pierre, pierre bleue</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>66192</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>La Maternité</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Canneel, Eugène</t>