--- v0 (2025-11-16)
+++ v1 (2026-02-25)
@@ -391,276 +391,276 @@
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>granit</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>100844</v>
+        <v>100861</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Je suis le Lys de la Vallée</t>
+          <t>Je suis la Rose de Saron</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>100845</v>
+        <v>100862</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>La Sulamite</t>
+          <t>Le parfum de ton souffle ...</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>100846</v>
+        <v>100863</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Elle est pure comme le soleil</t>
+          <t>La tour du Liban ...</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>100861</v>
+        <v>100864</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Je suis la Rose de Saron</t>
+          <t>Elle est un féerique Jardin scellé</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>100862</v>
+        <v>100844</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Le parfum de ton souffle ...</t>
+          <t>Je suis le Lys de la Vallée</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>100863</v>
+        <v>100845</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>La tour du Liban ...</t>
+          <t>La Sulamite</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>100864</v>
+        <v>100846</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Elle est un féerique Jardin scellé</t>
+          <t>Elle est pure comme le soleil</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Willequet, André</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">