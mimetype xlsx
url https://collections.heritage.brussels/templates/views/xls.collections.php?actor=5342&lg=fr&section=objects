--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -271,51 +271,51 @@
       <c r="A4" s="1" t="n">
         <v>39399</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Nestor de Tière</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Huygelen, Frans</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, buste</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de fonte, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>44716</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Général Brialmont (VdB)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>