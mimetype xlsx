--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -655,115 +655,115 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>43914</v>
+        <v>43885</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>L'Instruction</t>
+          <t>La Justice</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Lalaing, Jacques de</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>43885</v>
+        <v>43914</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>La Justice</t>
+          <t>L'Instruction</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Lalaing, Jacques de</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>83307</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>La lutte équestre</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>