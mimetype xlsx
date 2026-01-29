--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -179,203 +179,203 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>38786</v>
+        <v>78824</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Le vieux Breton</t>
+          <t>Ménagère.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...7 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>78824</v>
+        <v>83665</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Ménagère.</t>
+          <t>Portrait en pied du gouverneur F. Demedts</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>83665</v>
+        <v>83774</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Portrait en pied du gouverneur F. Demedts</t>
+          <t>Jeune fille au bol</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2"/>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H4" s="2"/>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>83774</v>
+        <v>83827</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille au bol</t>
+          <t>L'hiver</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>83827</v>
+        <v>38786</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>L'hiver</t>
+          <t>Le vieux Breton</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E6" s="2"/>
-      <c r="F6" s="2"/>
-[...5 lines deleted...]
-      <c r="H6" s="2"/>
+      <c r="F6" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>49018</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Jeanne Selliers de Moranville emmenée à l'échafaud en 1794.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1899 - 1910</t>
         </is>
       </c>