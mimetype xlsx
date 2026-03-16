--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -179,203 +179,203 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>78824</v>
+        <v>83774</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Ménagère.</t>
+          <t>Jeune fille au bol</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>encre de chine</t>
-[...2 lines deleted...]
-      <c r="H2" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>83665</v>
+        <v>83827</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Portrait en pied du gouverneur F. Demedts</t>
+          <t>L'hiver</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>83774</v>
+        <v>38786</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille au bol</t>
+          <t>Le vieux Breton</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>83827</v>
+        <v>78824</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>L'hiver</t>
+          <t>Ménagère.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2"/>
+      <c r="F5" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>encre de chine</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>38786</v>
+        <v>83665</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le vieux Breton</t>
+          <t>Portrait en pied du gouverneur F. Demedts</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E6" s="2"/>
-      <c r="F6" s="2" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>49018</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Jeanne Selliers de Moranville emmenée à l'échafaud en 1794.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Colin, Jean</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1899 - 1910</t>
         </is>
       </c>