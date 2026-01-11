--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -179,194 +179,194 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>42126</v>
+        <v>42128</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>En forêt. Rouge-Cloître</t>
+          <t>Drève de Rouge-Cloître</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t> - 1992</t>
+          <t> - 1987</t>
         </is>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>42127</v>
+        <v>42129</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La maison Bastien sous la neige</t>
+          <t>Rouge-Cloître</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
-      <c r="E3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>42128</v>
+        <v>42130</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Drève de Rouge-Cloître</t>
+          <t>La porte verte de Rouge-Cloître</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t> - 1987</t>
+          <t> - 1986</t>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>42129</v>
+        <v>42126</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Rouge-Cloître</t>
+          <t>En forêt. Rouge-Cloître</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
-      <c r="E5" s="2"/>
+      <c r="E5" s="2" t="inlineStr">
+        <is>
+          <t> - 1992</t>
+        </is>
+      </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>42130</v>
+        <v>42127</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>La porte verte de Rouge-Cloître</t>
+          <t>La maison Bastien sous la neige</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t> - 1986</t>
+          <t> - 1989</t>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>42131</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Rouge-Cloître</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
@@ -559,277 +559,277 @@
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>41615</v>
+        <v>88009</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Coin d'étang de Rouge-Cloître</t>
+          <t>Chemin en automne</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
-      <c r="H13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>41625</v>
+        <v>88011</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le mur de Rouge-Cloître (neige)</t>
+          <t>Maison du Prieur</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>41627</v>
+        <v>41615</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Chemin vers Trois-Fontaines </t>
+          <t>Coin d'étang de Rouge-Cloître</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
-      <c r="H15" s="2"/>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>41630</v>
+        <v>41625</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Le mur de Rouge-Cloître</t>
+          <t>Le mur de Rouge-Cloître (neige)</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>88009</v>
+        <v>41627</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Chemin en automne</t>
+          <t>Chemin vers Trois-Fontaines </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>88011</v>
+        <v>41630</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Maison du Prieur</t>
+          <t>Le mur de Rouge-Cloître</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Douhard, Adèle</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>