--- v0 (2025-11-16)
+++ v1 (2026-02-25)
@@ -179,151 +179,151 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>42099</v>
+        <v>56774</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>12 recettes de R. Durand</t>
+          <t>L'habit</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Miller, Den</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
-      <c r="G2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>46304</v>
+        <v>42099</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Gouffre</t>
+          <t>12 recettes de R. Durand</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Miller, Den</t>
         </is>
       </c>
-      <c r="E3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>56773</v>
+        <v>46304</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Gravures édition champignon</t>
+          <t>Gouffre</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Miller, Den</t>
         </is>
       </c>
-      <c r="E4" s="2"/>
+      <c r="E4" s="2" t="inlineStr">
+        <is>
+          <t> - 1998</t>
+        </is>
+      </c>
       <c r="F4" s="2"/>
-      <c r="G4" s="2"/>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>56774</v>
+        <v>56773</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>L'habit</t>
+          <t>Gravures édition champignon</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Miller, Den</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>42108</v>
       </c>
@@ -375,110 +375,110 @@
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, panneau</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>linogravure, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>42102</v>
+        <v>56776</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Indien d'Amazonie</t>
+          <t>Songe</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Miller, Den</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F8" s="2"/>
-      <c r="G8" s="2"/>
+      <c r="G8" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>56776</v>
+        <v>42102</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Songe</t>
+          <t>Indien d'Amazonie</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Miller, Den</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F9" s="2"/>
-      <c r="G9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>42098</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Rouge-Cloître</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Miller, Den</t>
         </is>
       </c>