--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -179,283 +179,283 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>38530</v>
+        <v>56792</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Tête de vieillard</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Delhal, Stéphane</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>38532</v>
+        <v>97925</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Nu</t>
+          <t>Eclopé</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Delhal, Stéphane</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>soudé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>38533</v>
+        <v>97926</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le modèle</t>
+          <t>Eléphant </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Delhal, Stéphane</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G4" s="2"/>
+          <t>sculpture, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>métal</t>
+        </is>
+      </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>soudé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>42114</v>
+        <v>38530</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Tête de vieillard</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Delhal, Stéphane</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2"/>
+      <c r="F5" s="2" t="inlineStr">
+        <is>
+          <t>buste</t>
+        </is>
+      </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H5" s="2"/>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>56792</v>
+        <v>38532</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Nu</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Delhal, Stéphane</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H6" s="2"/>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97925</v>
+        <v>38533</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Eclopé</t>
+          <t>Le modèle</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Auderghem</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Delhal, Stéphane</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>soudé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>97926</v>
+        <v>42114</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Eléphant </t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Auderghem</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Delhal, Stéphane</t>
         </is>
       </c>
       <c r="E8" s="2"/>
-      <c r="F8" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
-[...6 lines deleted...]
-      </c>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>38531</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Nu de dos</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Delhal, Stéphane</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>