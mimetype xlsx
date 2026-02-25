--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -179,223 +179,223 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>41567</v>
+        <v>38566</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Norfolk</t>
+          <t>Les géants de Nieuport</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>41672</v>
+        <v>41567</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Venise</t>
+          <t>Norfolk</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="2"/>
-[...1 lines deleted...]
-      <c r="H3" s="2"/>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>41724</v>
+        <v>41672</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Bouquet</t>
+          <t>Venise</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>41725</v>
+        <v>41724</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le modèle</t>
+          <t>Bouquet</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2"/>
-      <c r="G5" s="2"/>
+      <c r="F5" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>41727</v>
+        <v>41725</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Le modèle</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>38566</v>
+        <v>41727</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Les géants de Nieuport</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E7" s="2"/>
-      <c r="F7" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>41676</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Marine</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>
         </is>
       </c>
@@ -411,120 +411,120 @@
         <is>
           <t>Premier printemps</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>41568</v>
+        <v>38535</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Parc Malou</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>38535</v>
+        <v>41568</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Parc Malou</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>41671</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Marine</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
@@ -603,161 +603,161 @@
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>aquarelle</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>88018</v>
+        <v>38567</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Prevost City</t>
+          <t>Bouquet (Jonquilles)</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>n.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
-      <c r="H15" s="2"/>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>88577</v>
+        <v>88018</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Le marché</t>
+          <t>Prevost City</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>n.d. - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
-      <c r="H16" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>38567</v>
+        <v>88577</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Bouquet (Jonquilles)</t>
+          <t>Le marché</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>n.d. - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>41608</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Marché à Bruxelles</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>de Saint-Léger, Bernadette</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>