--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -255,95 +255,95 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1870 - 1884</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>97972</v>
+        <v>97941</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson salé</t>
+          <t>Les teinturiers</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>97941</v>
+        <v>97972</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Les teinturiers</t>
+          <t>Les marchands de poisson salé</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bronze</t>