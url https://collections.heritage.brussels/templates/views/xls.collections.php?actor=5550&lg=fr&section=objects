--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -211,120 +211,120 @@
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Impens, Josse</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>39553</v>
+        <v>38708</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Cabaret</t>
+          <t>Portrait de femme (Madame veuve Vleminckx )</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Impens, Josse</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1860 - 1905</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>38708</v>
+        <v>39553</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme (Madame veuve Vleminckx )</t>
+          <t>Cabaret</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Impens, Josse</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1860 - 1905</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>48955</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Mieke Pijpekop</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Impens, Josse</t>