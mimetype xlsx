--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -531,175 +531,175 @@
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>panneau</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>39359</v>
+        <v>38728</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Ancienne église Saint-Servais</t>
+          <t>L'ancienne rue Teniers</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Thelen, Eugène</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>38728</v>
+        <v>39124</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>L'ancienne rue Teniers</t>
+          <t>Ancienne église Saint-Servais</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Thelen, Eugène</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>39124</v>
+        <v>39140</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Ancienne église Saint-Servais</t>
+          <t>Église Saint-Servais</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Thelen, Eugène</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>39140</v>
+        <v>39359</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Église Saint-Servais</t>
+          <t>Ancienne église Saint-Servais</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Thelen, Eugène</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
@@ -731,95 +731,95 @@
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1907 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>carton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>39152</v>
+        <v>39137</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Église Sainte-Marie</t>
+          <t>Futur boulevard Lambermont</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Thelen, Eugène</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>39137</v>
+        <v>39152</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Futur boulevard Lambermont</t>
+          <t>Église Sainte-Marie</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Thelen, Eugène</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>