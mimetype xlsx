--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -251,125 +251,125 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>87116</v>
+        <v>38839</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Quai de Mariemont</t>
+          <t>La Dyle</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Merckaert, Jules</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1898 - 1906</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>38839</v>
+        <v>87116</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>La Dyle</t>
+          <t>Quai de Mariemont</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Merckaert, Jules</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1898 - 1906</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>68506</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Jules Merckaert, La mer du Nord, huile sur toile marouflée sur panneau, 1901.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Merckaert, Jules</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1901 - </t>