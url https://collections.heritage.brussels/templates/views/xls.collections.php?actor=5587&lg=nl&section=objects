--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -337,57 +337,61 @@
           <t>marbre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>70469</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Jules Ruhl</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Anderlecht</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Theunis,  Pierre</t>
-[...2 lines deleted...]
-      <c r="E6" s="2"/>
+          <t>Theunis, Pierre</t>
+        </is>
+      </c>
+      <c r="E6" s="2" t="inlineStr">
+        <is>
+          <t> - 1946</t>
+        </is>
+      </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>oeuvre d'art en espace public, sculpture, monument commémoratif</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>pierre, pierre bleue</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>79262</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Souvenir de la loi Carton de Wiart.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>