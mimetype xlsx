--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -229,51 +229,51 @@
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>63016</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>La tour romane de Neder-Over-Heembeek </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Duerinckx, Adrien</t>
+          <t>Duerinckx, Adrien Paul François</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">