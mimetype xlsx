--- v0 (2025-11-16)
+++ v1 (2026-02-05)
@@ -179,110 +179,110 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>38810</v>
+        <v>38874</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Ruelle ensoleillée</t>
+          <t>Le béguinage de Diest</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>De Wit, Prosper</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G2" s="2"/>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>carton, peinture à l'huile</t>
+        </is>
+      </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>38874</v>
+        <v>38810</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le béguinage de Diest</t>
+          <t>Ruelle ensoleillée</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>De Wit, Prosper</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>38848</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Après l'averse</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>De Wit, Prosper</t>
         </is>
       </c>