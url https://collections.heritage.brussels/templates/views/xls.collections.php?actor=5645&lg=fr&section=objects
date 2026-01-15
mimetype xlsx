--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -179,175 +179,175 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>56562</v>
+        <v>38916</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Reine Fabiola - Portrait</t>
+          <t>Le hamac</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Fischweiler, Gustave</t>
         </is>
       </c>
-      <c r="E2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
-      <c r="H2" s="2"/>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>modelé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79685</v>
+        <v>38951</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Compagnie Immobilière de Belgique.</t>
+          <t>Les barques</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Fischweiler, Gustave</t>
         </is>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="2"/>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G3" s="2"/>
-      <c r="H3" s="2"/>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>38916</v>
+        <v>56562</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le hamac</t>
+          <t>Reine Fabiola - Portrait</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Fischweiler, Gustave</t>
         </is>
       </c>
-      <c r="E4" s="2"/>
+      <c r="E4" s="2" t="inlineStr">
+        <is>
+          <t> - 1990</t>
+        </is>
+      </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
-      <c r="H4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>38951</v>
+        <v>79685</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Les barques</t>
+          <t>Compagnie Immobilière de Belgique.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Fischweiler, Gustave</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
       <c r="G5" s="2"/>
-      <c r="H5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>43925</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Monument aux morts de la guerre</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Fischweiler, Gustave / Vandersaenen, Henri / Verbist, Félix</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>