--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -531,309 +531,309 @@
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>39512</v>
+        <v>39518</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Nu assis</t>
+          <t>Nu couché (esquisse)</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1976</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G13" s="2"/>
+      <c r="G13" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>39515</v>
+        <v>39519</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Nu debout</t>
+          <t>Nu assis</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G14" s="2"/>
+      <c r="G14" s="2" t="inlineStr">
+        <is>
+          <t>carton</t>
+        </is>
+      </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>39516</v>
+        <v>39496</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Le collier rouge</t>
+          <t>Portrait</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>39518</v>
+        <v>39498</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Nu couché (esquisse)</t>
+          <t>Nu</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1976</t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>39519</v>
+        <v>39512</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Nu assis</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G17" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>39496</v>
+        <v>39515</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Portrait</t>
+          <t>Nu debout</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>39498</v>
+        <v>39516</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Nu</t>
+          <t>Le collier rouge</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G19" s="2"/>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>39551</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Portrait</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
@@ -1319,121 +1319,121 @@
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>39691</v>
+        <v>39534</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Femme assise</t>
+          <t>Nu</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G34" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G34" s="2" t="inlineStr">
+        <is>
+          <t>papier, fusain</t>
+        </is>
+      </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>39534</v>
+        <v>39691</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Nu</t>
+          <t>Femme assise</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1951 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G35" s="2"/>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>39510</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Homme assis</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
@@ -2279,159 +2279,159 @@
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>95157</v>
+        <v>39532</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Saule pleureur</t>
+          <t>Église</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H59" s="2"/>
+          <t>panneau</t>
+        </is>
+      </c>
+      <c r="H59" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>39532</v>
+        <v>39504</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Église</t>
+          <t>Journée d'été</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G60" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G60" s="2"/>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>39504</v>
+        <v>95157</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Journée d'été</t>
+          <t>Saule pleureur</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...7 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G61" s="2" t="inlineStr">
+        <is>
+          <t>panneau, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>39039</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>Nature morte</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Minsart, Maurice</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>