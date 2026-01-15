--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -375,339 +375,339 @@
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>aquarelle</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>42120</v>
+        <v>56789</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au chou-fleur</t>
+          <t>Marée sur mer</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
-      <c r="F8" s="2"/>
+      <c r="F8" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>gouache, toile</t>
-[...2 lines deleted...]
-      <c r="H8" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>42297</v>
+        <v>88466</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Camaret</t>
+          <t>Le Bergoje</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
-      <c r="F9" s="2"/>
+      <c r="F9" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H9" s="2"/>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>56789</v>
+        <v>88467</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Marée sur mer</t>
+          <t>Camaret sur mer</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>88466</v>
+        <v>42120</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le Bergoje</t>
+          <t>Nature morte au chou-fleur</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
-      <c r="F11" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>gouache, toile</t>
+        </is>
+      </c>
+      <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>88467</v>
+        <v>42297</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Camaret sur mer</t>
+          <t>Camaret</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
-      <c r="F12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>41595</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Rayon de soleil</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>42296</v>
+        <v>56795</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>De l'ombre à la lumière</t>
+          <t>Grande Canarie</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
-      <c r="F14" s="2"/>
+      <c r="F14" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H14" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H14" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>56795</v>
+        <v>42296</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Grande Canarie</t>
+          <t>De l'ombre à la lumière</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
-      <c r="F15" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>42121</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Le petit modèle</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>