--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -375,339 +375,339 @@
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>aquarelle</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>56789</v>
+        <v>88466</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Marée sur mer</t>
+          <t>Le Bergoje</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>88466</v>
+        <v>88467</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le Bergoje</t>
+          <t>Camaret sur mer</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>88467</v>
+        <v>42120</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Camaret sur mer</t>
+          <t>Nature morte au chou-fleur</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
-      <c r="F10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>gouache, toile</t>
+        </is>
+      </c>
+      <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>42120</v>
+        <v>42297</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au chou-fleur</t>
+          <t>Camaret</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>gouache, toile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>42297</v>
+        <v>56789</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Camaret</t>
+          <t>Marée sur mer</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
-      <c r="F12" s="2"/>
+      <c r="F12" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H12" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H12" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>41595</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Rayon de soleil</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>56795</v>
+        <v>42296</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Grande Canarie</t>
+          <t>De l'ombre à la lumière</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
-      <c r="F14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>42296</v>
+        <v>56795</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>De l'ombre à la lumière</t>
+          <t>Grande Canarie</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
-      <c r="F15" s="2"/>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H15" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>42121</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Le petit modèle</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Pringels, Lucie</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>