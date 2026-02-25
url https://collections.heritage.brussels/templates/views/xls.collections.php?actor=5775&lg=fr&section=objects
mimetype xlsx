--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -228,51 +228,51 @@
           <t>oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>pierre bleue, bronze</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>102648</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Médaille Jean Baugniet</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Kreitz, Willy</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">