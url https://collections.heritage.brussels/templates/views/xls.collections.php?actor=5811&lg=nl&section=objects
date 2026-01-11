--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -539,188 +539,188 @@
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>51518</v>
+        <v>51400</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Buste de la reine Elisabeth</t>
+          <t>Buste d'Emile de Mot</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1925</t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>57609</v>
+        <v>51515</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Buste du bougmestre Emile de Mot</t>
+          <t>Buste du roi Albert Ier en uniforme</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1909 - 1925</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>51400</v>
+        <v>51518</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Buste d'Emile de Mot</t>
+          <t>Buste de la reine Elisabeth</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1909 - 1925</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>51515</v>
+        <v>57609</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Buste du roi Albert Ier en uniforme</t>
+          <t>Buste du bougmestre Emile de Mot</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1925</t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>51458</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Buste du roi Léopold II</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
@@ -827,123 +827,123 @@
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1918 - 1925</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>53435</v>
+        <v>45122</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Monument au Général Thys</t>
+          <t>Léopold II (FED)</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Vinçotte, Thomas / Verbeyst,  / Huygelen, Frans</t>
+          <t>Vinçotte, Thomas / Malfait, François</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>bronze, granit</t>
-[...2 lines deleted...]
-      <c r="H20" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>45122</v>
+        <v>53435</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Léopold II (FED)</t>
+          <t>Monument au Général Thys</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Vinçotte, Thomas / Malfait, François</t>
+          <t>Vinçotte, Thomas / Verbeyst,  / Huygelen, Frans</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze, granit</t>
+        </is>
+      </c>
+      <c r="H21" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>