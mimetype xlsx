--- v1 (2026-01-11)
+++ v2 (2026-02-25)
@@ -395,332 +395,336 @@
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Wolfers Frères [firme],  / Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>51516</v>
+        <v>53503</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Buste de la reine Marie-Henriette</t>
+          <t>Buste de Léopold II (retiré)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Vinçotte, Thomas</t>
+          <t>Vinçotte, Thomas / Rambo, Armand</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H8" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>51517</v>
+        <v>53504</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Buste du roi Léopold II</t>
+          <t>Buste de Léopold II (retiré)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Forest</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>53503</v>
+        <v>51516</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Buste de Léopold II (retiré)</t>
+          <t>Buste de la reine Marie-Henriette</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Auderghem</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Vinçotte, Thomas / Rambo, Armand</t>
+          <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>53504</v>
+        <v>51517</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Buste de Léopold II (retiré)</t>
+          <t>Buste du roi Léopold II</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Forest</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>51400</v>
+        <v>57609</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Buste d'Emile de Mot</t>
+          <t>Buste du bougmestre Emile de Mot</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>51515</v>
+        <v>51400</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Buste du roi Albert Ier en uniforme</t>
+          <t>Buste d'Emile de Mot</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1925</t>
+          <t>1909 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>51518</v>
+        <v>51515</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Buste de la reine Elisabeth</t>
+          <t>Buste du roi Albert Ier en uniforme</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1909 - 1925</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>57609</v>
+        <v>51518</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Buste du bougmestre Emile de Mot</t>
+          <t>Buste de la reine Elisabeth</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1909 - </t>
+          <t>1909 - 1925</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>51458</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Buste du roi Léopold II</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>