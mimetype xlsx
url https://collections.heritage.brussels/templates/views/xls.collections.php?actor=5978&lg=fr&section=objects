--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -259,123 +259,123 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>44975</v>
+        <v>101359</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Zinneke Pis</t>
+          <t>Zinneke de bronze</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Frantzen, Tom / Art Casting, Oudenaarde</t>
+          <t>Frantzen, Tom</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1999 - 2005</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>101359</v>
+        <v>44975</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Zinneke de bronze</t>
+          <t>Zinneke Pis</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Frantzen, Tom</t>
+          <t>Frantzen, Tom / Art Casting, Oudenaarde</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2005</t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H5" s="2"/>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>86512</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Madame Chapeau</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Frantzen, Tom</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>