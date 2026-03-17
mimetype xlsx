--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -300,51 +300,51 @@
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>77270</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Nature morte</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Dehoy, Charles</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1872 - 1940</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peint</t>