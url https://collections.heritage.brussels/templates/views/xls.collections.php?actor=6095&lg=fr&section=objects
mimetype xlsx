--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -179,244 +179,244 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>94361</v>
+        <v>94362</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>La Walkyrie d'après un opéra de Wagner</t>
+          <t>Scène d'après un opéra de Wagner</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>94362</v>
+        <v>94361</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Scène d'après un opéra de Wagner</t>
+          <t>La Walkyrie d'après un opéra de Wagner</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>77278</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Trois pêches</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>77275</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Roses jaunes</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1872 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>77276</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Vase de fleurs</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1880 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>77277</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Raisins et pêches</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1889 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peint</t>