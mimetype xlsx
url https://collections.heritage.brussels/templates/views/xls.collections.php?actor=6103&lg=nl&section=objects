--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -215,275 +215,275 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1896 - 1966</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>77371</v>
+        <v>77284</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Prélude</t>
+          <t>Femme nue</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon</t>
+          <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>77284</v>
+        <v>77371</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Femme nue</t>
+          <t>Prélude</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>papier, crayon</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>77349</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>La baigneuse, dite danseuse nue</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Martel, Jean / Martel, Joël</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>77346</v>
+        <v>77343</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Portrait du banquier Jacques Cassel</t>
+          <t>Portrait d’Alice Piette-Van Buuren (1890-1973)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>77347</v>
+        <v>77346</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Portrait de David Van Buuren (1886-1955)</t>
+          <t>Portrait du banquier Jacques Cassel</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>77343</v>
+        <v>77347</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Portrait d’Alice Piette-Van Buuren (1890-1973)</t>
+          <t>Portrait de David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>77348</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Nu de femme, dit de l’U.A.M</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>