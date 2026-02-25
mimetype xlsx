--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -188,447 +188,447 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>101631</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Oiseau</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1896 - 1966</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>77284</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Femme nue</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>77371</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Prélude</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, crayon</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>77349</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>La baigneuse, dite danseuse nue</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Martel, Jean / Martel, Joël</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>77343</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Portrait d’Alice Piette-Van Buuren (1890-1973)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>77346</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Portrait du banquier Jacques Cassel</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>77347</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Portrait de David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>77348</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Nu de femme, dit de l’U.A.M</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Martel, Jean / Martel, Joël</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>77344</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Portrait de David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>77345</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Portrait de David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Martel, Joël</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>102821</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Médaille plaquette Sofina</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Martel, Jean / Martel, Joël</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">