--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -264,51 +264,51 @@
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>fusain, pastel, papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>102783</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Labyrinthe du coeur</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Jean Milo, (Jean Emile Van Gindertael)</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
   </sheetData>